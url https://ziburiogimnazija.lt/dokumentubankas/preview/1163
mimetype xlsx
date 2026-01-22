--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -1,519 +1,532 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Lina\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA570A5B-2658-4911-B5B6-FFE5799265A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA1B01B1-BEBF-4C9C-BCB9-1D701003ADBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3544051B-2B69-47AA-AB54-0C143C1855F3}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapas1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="51">
   <si>
     <t>PRIENŲ ,,ŽIBURIO" GIMNAZIJA</t>
   </si>
   <si>
     <t>PATVIRTINTA</t>
   </si>
   <si>
     <t>NEFORMALIOJO ŠVIETIMO TVARKARAŠTIS</t>
   </si>
   <si>
     <t xml:space="preserve">Prienų ,,Žiburio" gimnazijos direktoriaus </t>
   </si>
   <si>
+    <t>2025-2026 m.m.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Eil.Nr. </t>
   </si>
   <si>
-    <t>Būrelio pavadinimas, mokytojas</t>
-[...1 lines deleted...]
-  <si>
     <t>Patalpa</t>
   </si>
   <si>
     <t>Pirmadienis</t>
   </si>
   <si>
     <t>Antradienis</t>
   </si>
   <si>
     <t>Trečiadienis</t>
   </si>
   <si>
     <t>Ketvirtadienis</t>
   </si>
   <si>
     <t>Penktadienis</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Automobilizmo būrelis </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                                  </t>
+    </r>
+  </si>
+  <si>
     <t>14.30- 16.00</t>
   </si>
   <si>
     <t>14.30-16.00</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Debatų anglų kalba klubas </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                           </t>
+    </r>
+  </si>
+  <si>
     <t>14.30-15.15.</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">DOFE žygiai     </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                                                                    </t>
+    </r>
+  </si>
+  <si>
+    <t>15.20-16.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekožvalgai                                                    </t>
+  </si>
+  <si>
+    <t>ERASMUS+ klubas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chemijos alchemija                                          </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Jaunųjų programuotojų būrelis  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                         </t>
+    </r>
+  </si>
+  <si>
+    <t>13.40-14.25</t>
+  </si>
+  <si>
+    <r>
+      <t>K</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">repšinio būrelis (jaunučiai), </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                           </t>
+    </r>
+  </si>
+  <si>
     <t>Sporto salė</t>
   </si>
   <si>
     <t>17.00-17.45</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Krepšinio būrelis (jauniai),  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                          </t>
+    </r>
+  </si>
+  <si>
     <t>17.50-18.35</t>
   </si>
   <si>
+    <t>Kūno rengyba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kūrybinės dirbtuvės,                                                               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lyderių klubas                                                      </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Meno studija</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                                                         </t>
+    </r>
+  </si>
+  <si>
     <t xml:space="preserve">14.30-15.15 </t>
   </si>
   <si>
+    <t xml:space="preserve">Medžio darbai                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mokinių mokomoji verslo bendrovė                                                </t>
+  </si>
+  <si>
+    <t>Mokinių Seimas</t>
+  </si>
+  <si>
+    <t>Aktų salė</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muzikinis klubas (jaunučiai),                                    </t>
+  </si>
+  <si>
     <t>14.30-15.15</t>
   </si>
   <si>
-    <t>13.40-14.25</t>
+    <t xml:space="preserve">Muzikinis klubas (jauniai),                           </t>
+  </si>
+  <si>
+    <t>Savanorystės entuziastai</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Tinklinio būrelis (jaunučiai), </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                                                  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Tinklinio būrelis (jauniai), </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                                                  </t>
+    </r>
+  </si>
+  <si>
+    <t>Vaikinų ansamblis</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">,,VEIK bendravimo labirintai" </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                                                                          </t>
+    </r>
+  </si>
+  <si>
+    <t>Vokiečių kalbos pradžiamokslis</t>
   </si>
   <si>
     <t>Sudarė direktoriaus pavaduotoja ugdymui L.Malinauskienė</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 m.  rugpjūčio 29d. </t>
-[...286 lines deleted...]
-    <t>Aktų salė</t>
+    <t>Būrelio pavadinimas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 m.  sausio 2 d. </t>
+  </si>
+  <si>
+    <t>Įsakymu Nr.( 1.5) V - 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...6 lines deleted...]
-    <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -657,431 +670,456 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...4 lines deleted...]
-      </top>
+      <right/>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...37 lines deleted...]
-      <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
-      <top/>
-[...9 lines deleted...]
-      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...81 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1193,632 +1231,642 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C22A84B5-5C9E-4EF0-96DE-0069A41E1E88}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B3:I34"/>
+  <dimension ref="A3:H34"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="D19" sqref="D19"/>
+    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="3" max="3" width="30.28515625" customWidth="1"/>
-    <col min="5" max="9" width="15.7109375" customWidth="1"/>
+    <col min="1" max="1" width="7.28515625" customWidth="1"/>
+    <col min="2" max="2" width="27.5703125" customWidth="1"/>
+    <col min="3" max="3" width="11.5703125" customWidth="1"/>
+    <col min="4" max="8" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:9" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="D3" s="2" t="s">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B3" s="1"/>
+      <c r="C3" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="F3" s="1"/>
-      <c r="G3" s="1" t="s">
+      <c r="E3" s="1"/>
+      <c r="F3" s="1" t="s">
         <v>1</v>
       </c>
+      <c r="G3" s="1"/>
       <c r="H3" s="1"/>
-      <c r="I3" s="1"/>
-[...3 lines deleted...]
-      <c r="D4" s="2" t="s">
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B4" s="48"/>
+      <c r="C4" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="1"/>
-      <c r="G4" s="1" t="s">
+      <c r="D4" s="50"/>
+      <c r="E4" s="48"/>
+      <c r="F4" s="48" t="s">
         <v>3</v>
       </c>
+      <c r="G4" s="48"/>
       <c r="H4" s="1"/>
-      <c r="I4" s="1"/>
-[...7 lines deleted...]
-      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B5" s="48"/>
+      <c r="C5" s="49"/>
+      <c r="D5" s="50"/>
+      <c r="E5" s="48"/>
+      <c r="F5" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" s="48"/>
       <c r="H5" s="1"/>
-      <c r="I5" s="1"/>
-[...9 lines deleted...]
-      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B6" s="48"/>
+      <c r="C6" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="D6" s="50"/>
+      <c r="E6" s="48"/>
+      <c r="F6" s="48" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" s="48"/>
       <c r="H6" s="1"/>
-      <c r="I6" s="1"/>
-[...3 lines deleted...]
-      <c r="D7" s="3"/>
+    </row>
+    <row r="7" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="1"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
-      <c r="I7" s="1"/>
-[...2 lines deleted...]
-      <c r="B8" s="22" t="s">
+    </row>
+    <row r="8" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="45" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="44" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="46" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="F8" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="G8" s="47" t="s">
+        <v>10</v>
+      </c>
+      <c r="H8" s="47" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="4">
+        <v>1</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="6">
+        <v>102</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="8"/>
+      <c r="F9" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" s="9"/>
+      <c r="H9" s="10"/>
+    </row>
+    <row r="10" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4">
+        <v>2</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="6">
+        <v>308</v>
+      </c>
+      <c r="D10" s="11"/>
+      <c r="E10" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="13"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="14"/>
+    </row>
+    <row r="11" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4">
+        <v>3</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="16">
+        <v>5</v>
+      </c>
+      <c r="D11" s="11"/>
+      <c r="E11" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="13"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="14"/>
+    </row>
+    <row r="12" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4">
         <v>4</v>
       </c>
-      <c r="C8" s="23" t="s">
+      <c r="B12" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="16">
+        <v>303</v>
+      </c>
+      <c r="D12" s="11"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="H12" s="14"/>
+    </row>
+    <row r="13" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4">
         <v>5</v>
       </c>
-      <c r="D8" s="24" t="s">
+      <c r="B13" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="16">
+        <v>109</v>
+      </c>
+      <c r="D13" s="11"/>
+      <c r="E13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F13" s="12"/>
+      <c r="G13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="H13" s="14"/>
+    </row>
+    <row r="14" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4">
         <v>6</v>
       </c>
-      <c r="E8" s="25" t="s">
+      <c r="B14" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="16">
+        <v>408</v>
+      </c>
+      <c r="D14" s="11"/>
+      <c r="E14" s="12"/>
+      <c r="F14" s="13"/>
+      <c r="G14" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="14"/>
+    </row>
+    <row r="15" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4">
         <v>7</v>
       </c>
-      <c r="F8" s="25" t="s">
+      <c r="B15" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="16">
+        <v>101</v>
+      </c>
+      <c r="D15" s="11"/>
+      <c r="E15" s="18"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="14" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4">
         <v>8</v>
       </c>
-      <c r="G8" s="25" t="s">
+      <c r="B16" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="13"/>
+      <c r="H16" s="14"/>
+    </row>
+    <row r="17" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4">
         <v>9</v>
       </c>
-      <c r="H8" s="25" t="s">
+      <c r="B17" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E17" s="13"/>
+      <c r="F17" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" s="13"/>
+      <c r="H17" s="14"/>
+    </row>
+    <row r="18" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4">
         <v>10</v>
       </c>
-      <c r="I8" s="25" t="s">
+      <c r="B18" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="20">
+        <v>5</v>
+      </c>
+      <c r="D18" s="21"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" s="13"/>
+      <c r="H18" s="22"/>
+    </row>
+    <row r="19" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" s="9">
+      <c r="B19" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="C19" s="24">
+        <v>4</v>
+      </c>
+      <c r="D19" s="11"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" s="13"/>
+      <c r="H19" s="14"/>
+    </row>
+    <row r="20" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4">
+        <v>12</v>
+      </c>
+      <c r="B20" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" s="6">
+        <v>108</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="14"/>
+    </row>
+    <row r="21" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4">
+        <v>13</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" s="6">
+        <v>208</v>
+      </c>
+      <c r="D21" s="11"/>
+      <c r="E21" s="18"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H21" s="14"/>
+    </row>
+    <row r="22" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4">
+        <v>14</v>
+      </c>
+      <c r="B22" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="16">
+        <v>2</v>
+      </c>
+      <c r="D22" s="11"/>
+      <c r="E22" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="14"/>
+    </row>
+    <row r="23" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4">
+        <v>15</v>
+      </c>
+      <c r="B23" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C23" s="16">
+        <v>209</v>
+      </c>
+      <c r="D23" s="26"/>
+      <c r="E23" s="27"/>
+      <c r="F23" s="27"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="28" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4">
+        <v>16</v>
+      </c>
+      <c r="B24" s="29" t="s">
+        <v>36</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="13"/>
+      <c r="H24" s="22"/>
+    </row>
+    <row r="25" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4">
+        <v>17</v>
+      </c>
+      <c r="B25" s="25" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" s="24">
         <v>1</v>
       </c>
-      <c r="C9" s="10" t="s">
-[...55 lines deleted...]
-      <c r="C12" s="12" t="s">
+      <c r="D25" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+      <c r="G25" s="27"/>
+      <c r="H25" s="30" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4">
+        <v>18</v>
+      </c>
+      <c r="B26" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="C26" s="4">
+        <v>1</v>
+      </c>
+      <c r="D26" s="32"/>
+      <c r="E26" s="27"/>
+      <c r="F26" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G26" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H26" s="33"/>
+    </row>
+    <row r="27" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4">
+        <v>19</v>
+      </c>
+      <c r="B27" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="C27" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="D12" s="19">
-[...14 lines deleted...]
-      <c r="C13" s="12" t="s">
+      <c r="D27" s="26"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H27" s="18" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4">
+        <v>20</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4">
+        <v>21</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" s="21"/>
+      <c r="E29" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F29" s="13"/>
+      <c r="G29" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29" s="22"/>
+    </row>
+    <row r="30" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4">
+        <v>22</v>
+      </c>
+      <c r="B30" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="D13" s="19">
-[...128 lines deleted...]
-      <c r="C20" s="13" t="s">
+      <c r="C30" s="6">
+        <v>1</v>
+      </c>
+      <c r="D30" s="21"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="13"/>
+      <c r="G30" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="H30" s="22"/>
+    </row>
+    <row r="31" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4">
+        <v>23</v>
+      </c>
+      <c r="B31" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D20" s="18">
-[...14 lines deleted...]
-      <c r="C21" s="10" t="s">
+      <c r="C31" s="6">
+        <v>401</v>
+      </c>
+      <c r="D31" s="11"/>
+      <c r="E31" s="34"/>
+      <c r="F31" s="34"/>
+      <c r="G31" s="34"/>
+      <c r="H31" s="14" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4">
+        <v>24</v>
+      </c>
+      <c r="B32" s="25" t="s">
         <v>46</v>
       </c>
-      <c r="D21" s="18"/>
-[...12 lines deleted...]
-      <c r="C22" s="12" t="s">
+      <c r="C32" s="6">
+        <v>304</v>
+      </c>
+      <c r="D32" s="35"/>
+      <c r="E32" s="36"/>
+      <c r="F32" s="36"/>
+      <c r="G32" s="37"/>
+      <c r="H32" s="38" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="39"/>
+      <c r="B33" s="40"/>
+      <c r="C33" s="41"/>
+      <c r="D33" s="42"/>
+      <c r="E33" s="42"/>
+      <c r="F33" s="42"/>
+      <c r="G33" s="43"/>
+      <c r="H33" s="42"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="51" t="s">
         <v>47</v>
       </c>
-      <c r="D22" s="19"/>
-[...214 lines deleted...]
-      <c r="E34" s="21"/>
+      <c r="B34" s="51"/>
+      <c r="C34" s="51"/>
+      <c r="D34" s="51"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="A34:D34"/>
   </mergeCells>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="60" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="69" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Lapas1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Lina Malinauskienė</dc:creator>
+  <dc:creator>Lina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>